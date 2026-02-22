--- v0 (2025-10-26)
+++ v1 (2026-02-22)
@@ -138,126 +138,126 @@
   <si>
     <t>Dá denominação de CENTRO DE CONVIVÊNCIA DAGMAR PIRES PEREIRA DE CASTRO à logradouro público, no Município de Indiaporã/SP.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2022/3162/lei_1370_indiapora-sp_de_11_de_agosto_de_2022.pdf</t>
   </si>
   <si>
     <t>Dá denominação de CENTRO ESPORTIVO HERMELINA ROSA DE OLIVEIRA NETA à logradouro público do Bairro Tupinambá, no Município de Indiaporã/SP.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2022/3161/lei_1369_indiapora-sp_de_11_de_agosto_de_2022.pdf</t>
   </si>
   <si>
-    <t>Dá denominação de RUA OSVALDO SILVA à logradouro público no Município de Indiaporã/SP.</t>
+    <t>Dá denominação de RUA OSVALDO SILVA à logradouro público no Município de Indiaporã/SP. Rua E do Loteamento Vale do Formoso</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2022/3160/lei_1368_indiapora-sp_de_11_de_agosto_de_2022.pdf</t>
   </si>
   <si>
-    <t>Dá denominação de RUA QUINTINO CASSIANO DE BRITO à logradouro público no Município de Indiaporã/SP.</t>
+    <t>Dá denominação de RUA QUINTINO CASSIANO DE BRITO à logradouro público no Município de Indiaporã/SP. Rua A do Loteamento Vale do Formoso</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2022/3159/lei_1367_indiapora-sp_de_11_de_agosto_de_2022.pdf</t>
   </si>
   <si>
-    <t>Dá denominação de RUA ODAIR ZAN à logradouro público no Município de Indiaporã/SP.</t>
+    <t>Dá denominação de RUA ODAIR ZAN à logradouro público no Município de Indiaporã/SP. Rua G do Loteamento Vale do Formoso</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2022/3158/lei_1366_indiapora-sp_de_11_de_agosto_de_2022.pdf</t>
   </si>
   <si>
-    <t>Dá denominação de RUA ARTHUR JOSÉ DE ABREU à logradouro público no Município de Indiaporã/SP.</t>
+    <t>Dá denominação de RUA ARTHUR JOSÉ DE ABREU à logradouro público no Município de Indiaporã/SP. Rua B do Loteamento Vale do Formoso</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2022/3157/lei_1365_indiapora-sp_de_11_de_agosto_de_2022.pdf</t>
   </si>
   <si>
-    <t>Dá denominação de RUA MOISES SALES à logradouro público no Município de Indiaporã/SP.</t>
+    <t>Dá denominação de RUA MOISES SALES à logradouro público no Município de Indiaporã/SP. Rua F do Loteamento Vale do Formoso</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2022/3156/lei_1364_indiapora-sp_de_11_de_agosto_de_2022.pdf</t>
   </si>
   <si>
-    <t>Dá denominação de RUA WALDEMAR GARCIA à logradouro público no Município de Indiaporã/SP.</t>
+    <t>Dá denominação de RUA WALDEMAR GARCIA à logradouro público no Município de Indiaporã/SP. Rua D do Loteamento Vale do Formoso</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2020/2884/lei_1125_indiapora-sp_15_de_maio_de_2020.pdf</t>
   </si>
   <si>
-    <t>Dá denominação de Rua Manoel Borges Maldonado à logradouro público no Município de Indiaporã-SP. A Rua paralela à Rua Maria de Lurdes Gonzaga e Rua Faustino Moreira Gonçalves, que inicia-se na Rua João Santos da Silva, localizada na lateral da Quadra 53.</t>
+    <t>Dá denominação de Rua MANOEL BORGES MALDONADO à logradouro público no Município de Indiaporã-SP. A Rua paralela à Rua Maria de Lurdes Gonzaga e Rua Faustino Moreira Gonçalves, que inicia-se na Rua João Santos da Silva, localizada na lateral da Quadra 53.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>https://sapl.indiapora.sp.leg.br/media/sapl/public/normajuridica/2019/2814/lei_1060_indiapora-sp_16_de_agosto_de_2019.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Biblioteca Municipal de Indiaporã-SP e dá outras providências. Fica denominado de “BIBLIOTECA MUNICIPAL ARACI ARANTES”, a biblioteca do Município de Indiaporã, anexa ao Museu Adelino Francisco do Nascimento, em homenagem a escritora indiaporãense, professora Araci Luiz da Silva Arantes.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>899</t>
   </si>